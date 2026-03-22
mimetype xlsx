--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -10,137 +10,383 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="264" uniqueCount="111">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
+    <t>2043</t>
+  </si>
+  <si>
     <t>2026</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
+    <t>PLC</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar - Executivo</t>
+  </si>
+  <si>
+    <t>Poder Executivo Municipal</t>
+  </si>
+  <si>
+    <t>http://sapl.icapui.ce.leg.br/media/</t>
+  </si>
+  <si>
+    <t>Amplia o número de vagas dos cargos de Técnico Administrativo – Área Contabilidade e Analista em Seguridade Social – Área Educação Física, no Plano de Carreira, Cargos e Remuneração do quadro funcional de servidores de provimento efetivo do Poder Executivo Municipal, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2044</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>Sobre o reajuste no piso salarial e tabela de vencimento básico dos profissionais Agentes Comunitários de Saúde e dos Agentes de Combate às Endemias do Municipio de Icapuí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2045</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>Altera o Art. 7º da Lei nº 170, de 08 de março de 1994, posteriomente alterada pelas Leis 216, de 06 de agosto de 1996; 355, de 16 de setembro de 2002; e 843, de 27 de novembro de 2020, que dispõe sobre a composição do Conselho Municipal dos Direitos da Crinça e do Aldolescente - CMDCA, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2046</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Altera o Art. 2º da Lei Municipal 470, de 17 de julho de 2006, que insitui o Conselho Municipal dos Direitos do Idoso – CDMI, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2057</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a criação da Coordenadoria da Mulher, no âmbito do Município de Icapuí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2058</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Cria o Conselho Municipal dos Direitos das Mulheres - CMDM, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2047</t>
+  </si>
+  <si>
+    <t>Projeto de Lei Complementar - Legislativo</t>
+  </si>
+  <si>
+    <t>Erika Costa da Silva</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a execução do Hino do Município de Icapuí nas escolas da rede pública municipal, antes do início das aulas, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2048</t>
+  </si>
+  <si>
+    <t>Thiago Victor Sousa Rebouças</t>
+  </si>
+  <si>
+    <t>Sobre a obrigatoriedade da inserção de símbolos de acessibilidade e do símbolo mundial de conscientização do Transtorno do Espectro Autista (TEA) nas placas de atendimento prioritário em órgãos públicos, instituições privadas e estabelecimentos comerciais no Município de Icapuí.</t>
+  </si>
+  <si>
+    <t>2049</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>Normando Nonato da Silva</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a denominação da "Rua Suliane Monique Martins Gama" situada na Comunidade de Cajuais, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2050</t>
+  </si>
+  <si>
+    <t>João Paulo de Sousa Rebouças</t>
+  </si>
+  <si>
+    <t>Institui a Medalha de Honra ao Mérito do Turismo no Município de Icapuí para Influenciador Digital, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2051</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a proibição da entrada de vendedores e representantes comerciais de livros nas escolas da rede municipal de ensino do Município de Icapuí, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>2059</t>
+  </si>
+  <si>
+    <t>Fica instituído, no âmbito do Município de Icapuí, o Selo “Empresa Amiga da Mulher”, destinado ao reconhecimento de empresas que adotem práticas de valorização, promoção da igualdade e respeito aos direitos das mulheres no ambiente de trabalho.</t>
+  </si>
+  <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei - Executivo</t>
   </si>
   <si>
-    <t>Poder Executivo Municipal</t>
-[...2 lines deleted...]
-    <t>https://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2026/001.2026.pdf</t>
+    <t>http://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2026/001.2026.pdf</t>
   </si>
   <si>
     <t>Cria o programa apoiar para incluir, estabelece direitos e atribuições quanto ao atendimento de alunos com deficiências na rede pública municipal de ensino, e dá outras providências.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
-    <t>2</t>
-[...2 lines deleted...]
-    <t>https://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2027/002.2026.pdf</t>
+    <t>http://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2027/002.2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o valor do salário mínimo no Município de Icapuí, a vigorar a partir de 1º de janeiro de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>3</t>
-[...2 lines deleted...]
-    <t>https://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2028/003.2026.pdf</t>
+    <t>http://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2028/003.2026.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o repasse à Associação Cultural dos Artistas e Amigos da Arte (ACARTE), CNPJ nº 10.253.697/0001-66, e dá outras providências.</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>EMDA</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>Claúdio Lucas Alves Rebouças</t>
   </si>
   <si>
-    <t>https://sapl.icapui.ce.leg.br/media/</t>
-[...1 lines deleted...]
-  <si>
     <t>Altera o art. 1º do Projeto de Lei nº 003/2026, de autoria do Poder Executivo, acrescentando-lhe os §§ 3º e 4º.</t>
+  </si>
+  <si>
+    <t>2032</t>
+  </si>
+  <si>
+    <t>IND</t>
+  </si>
+  <si>
+    <t>Indicação</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo a adoção de estratégia institucional de promoção do turismo local por meio de criadores de conteúdo e influenciadores digitais do Município de Icapuí.</t>
+  </si>
+  <si>
+    <t>2033</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo a criação da Casa dos Conselhos, como espaço físico destinado ao funcionamento, apoio e fortalecimento dos conselhos municipais, que tem como finalidade oferecer estrutura adequada.</t>
+  </si>
+  <si>
+    <t>2034</t>
+  </si>
+  <si>
+    <t>Francisco Eurivan de Paula</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja feita a pavimentação com cobertura asfáltica da rua que liga a Travessa 22 de Janeiro, em Morro Alto, até a Salina Nazaré.</t>
+  </si>
+  <si>
+    <t>2035</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja encaminhado a esta Casa Legislativa para apreciação projeto de lei criando o Fundo Municipal de Amparo à Pesca Artesanal - FUMAPA.</t>
+  </si>
+  <si>
+    <t>2036</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo a reforma da brinquedopraça da Comunidade de Ibicuitaba.</t>
+  </si>
+  <si>
+    <t>2037</t>
+  </si>
+  <si>
+    <t>José Romário Souza da Silva</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja construída uma escadaria ligando a Vila Chico Dantas à Rua Engenheiro Francisco de Assis.</t>
+  </si>
+  <si>
+    <t>2038</t>
+  </si>
+  <si>
+    <t>Maria do Socorro de Melo</t>
+  </si>
+  <si>
+    <t>Ao Chefe do Poder Executivo que sejam realizadas melhorias nas estradas das Comunidades de Gravié, Ariza, Vila União e Corredor da Praia de Melancias de Baixo, considerando o início do ano letivo e as rotas dos ônibus que circulam no município.</t>
+  </si>
+  <si>
+    <t>2039</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja feita a cobertura asfáltica das ruas da Comunidade de Requenguela que são pavimentadas em paralelepípedo.</t>
+  </si>
+  <si>
+    <t>2040</t>
+  </si>
+  <si>
+    <t>9</t>
+  </si>
+  <si>
+    <t>Hermínia Maria Rebouças Barbosa de Oliveira</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja enviado a esta Casa Legislativa o projeto do Fundo Municipal de Turismo para viabilizar recursos estaduais e federais para o Município de Icapuí.</t>
+  </si>
+  <si>
+    <t>2041</t>
+  </si>
+  <si>
+    <t>10</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo por meio da Secretaria Municipal de Educação, a adoção de medidas para a implantação de Salas de Silêncio ou Acomodação Sensorial nas escolas da rede pública municipal do Município de Icapuí, como finalidade oferecer um espaço seguro e dequado para alunos autistas, neuroatípicos e pessoas com deficiências que apresentam sobrecarga sensorial, ansiedade ou dificuldade de autorregulação no ambiente escolar.</t>
+  </si>
+  <si>
+    <t>2042</t>
+  </si>
+  <si>
+    <t>11</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja feita a pavimentação com cobertura asfáltica do acesso que liga a comunidade do Córrego do Sal à CE-261.</t>
+  </si>
+  <si>
+    <t>2052</t>
+  </si>
+  <si>
+    <t>12</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal a criação da Campanha Municipal Permanente de Saúde Mental Feminina, visando promover conscientização sobre depressão, ansiedade, sobrecarga materna e violência psicológica.</t>
+  </si>
+  <si>
+    <t>2053</t>
+  </si>
+  <si>
+    <t>13</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal a criação de Políticas Públicas direcionadas às empresas privadas em funcionamento ou situado no Município de Icapuí, para que disponibilize 5% de vagas de emprego a mulheres em situação de vulnerabilidade social.</t>
+  </si>
+  <si>
+    <t>2054</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal a criação do Programa Municipal de Fortalecimento da Saúde da Mulher.</t>
+  </si>
+  <si>
+    <t>2055</t>
+  </si>
+  <si>
+    <t>15</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo Municipal a criação de uma escola municipal de formação e aperfeiçoamento profissional para as mulheres com o objetivo de valorizar as profissões locais e fortalecer o empreendedorismo feminino como forma de garantir a independência financeiras das mulheres icapuienses.</t>
+  </si>
+  <si>
+    <t>2056</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>Indica ao Chefe do Poder Executivo que seja realizada a “Feira da Mulher Empreendedora” no Município de Icapuí.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -444,206 +690,962 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2026/001.2026.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2027/002.2026.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2028/003.2026.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.icapui.ce.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2026/001.2026.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2027/002.2026.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/sapl/public/materialegislativa/2026/2028/003.2026.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.icapui.ce.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
-    <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="8" max="8" width="162.140625" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="38" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="41.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="80.28515625" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G2" s="1" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="H3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H4" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>9</v>
+      </c>
+      <c r="C5" t="s">
         <v>23</v>
       </c>
-      <c r="B5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>12</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H5" t="s">
         <v>24</v>
       </c>
-      <c r="E5" t="s">
+    </row>
+    <row r="6" spans="1:8">
+      <c r="A6" t="s">
         <v>25</v>
       </c>
-      <c r="F5" t="s">
+      <c r="B6" t="s">
+        <v>9</v>
+      </c>
+      <c r="C6" t="s">
         <v>26</v>
       </c>
-      <c r="G5" s="1" t="s">
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>12</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H6" t="s">
         <v>27</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="7" spans="1:8">
+      <c r="A7" t="s">
         <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>9</v>
+      </c>
+      <c r="C7" t="s">
+        <v>29</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>12</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H7" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="8" spans="1:8">
+      <c r="A8" t="s">
+        <v>31</v>
+      </c>
+      <c r="B8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>32</v>
+      </c>
+      <c r="F8" t="s">
+        <v>33</v>
+      </c>
+      <c r="G8" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H8" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="9" spans="1:8">
+      <c r="A9" t="s">
+        <v>35</v>
+      </c>
+      <c r="B9" t="s">
+        <v>9</v>
+      </c>
+      <c r="C9" t="s">
+        <v>17</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F9" t="s">
+        <v>36</v>
+      </c>
+      <c r="G9" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H9" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" t="s">
+        <v>38</v>
+      </c>
+      <c r="B10" t="s">
+        <v>9</v>
+      </c>
+      <c r="C10" t="s">
+        <v>39</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>32</v>
+      </c>
+      <c r="F10" t="s">
+        <v>40</v>
+      </c>
+      <c r="G10" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H10" t="s">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="11" spans="1:8">
+      <c r="A11" t="s">
+        <v>42</v>
+      </c>
+      <c r="B11" t="s">
+        <v>9</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>32</v>
+      </c>
+      <c r="F11" t="s">
+        <v>43</v>
+      </c>
+      <c r="G11" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H11" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="12" spans="1:8">
+      <c r="A12" t="s">
+        <v>45</v>
+      </c>
+      <c r="B12" t="s">
+        <v>9</v>
+      </c>
+      <c r="C12" t="s">
+        <v>23</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>32</v>
+      </c>
+      <c r="F12" t="s">
+        <v>43</v>
+      </c>
+      <c r="G12" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H12" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="13" spans="1:8">
+      <c r="A13" t="s">
+        <v>47</v>
+      </c>
+      <c r="B13" t="s">
+        <v>9</v>
+      </c>
+      <c r="C13" t="s">
+        <v>26</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>32</v>
+      </c>
+      <c r="F13" t="s">
+        <v>33</v>
+      </c>
+      <c r="G13" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H13" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="14" spans="1:8">
+      <c r="A14" t="s">
+        <v>9</v>
+      </c>
+      <c r="B14" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>49</v>
+      </c>
+      <c r="E14" t="s">
+        <v>50</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="H14" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="15" spans="1:8">
+      <c r="A15" t="s">
+        <v>53</v>
+      </c>
+      <c r="B15" t="s">
+        <v>9</v>
+      </c>
+      <c r="C15" t="s">
+        <v>17</v>
+      </c>
+      <c r="D15" t="s">
+        <v>49</v>
+      </c>
+      <c r="E15" t="s">
+        <v>50</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="H15" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="16" spans="1:8">
+      <c r="A16" t="s">
+        <v>56</v>
+      </c>
+      <c r="B16" t="s">
+        <v>9</v>
+      </c>
+      <c r="C16" t="s">
+        <v>39</v>
+      </c>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
+      <c r="E16" t="s">
+        <v>50</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" s="1" t="s">
+        <v>57</v>
+      </c>
+      <c r="H16" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="17" spans="1:8">
+      <c r="A17" t="s">
+        <v>59</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>60</v>
+      </c>
+      <c r="E17" t="s">
+        <v>61</v>
+      </c>
+      <c r="F17" t="s">
+        <v>62</v>
+      </c>
+      <c r="G17" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H17" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="18" spans="1:8">
+      <c r="A18" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" t="s">
+        <v>9</v>
+      </c>
+      <c r="C18" t="s">
+        <v>10</v>
+      </c>
+      <c r="D18" t="s">
+        <v>65</v>
+      </c>
+      <c r="E18" t="s">
+        <v>66</v>
+      </c>
+      <c r="F18" t="s">
+        <v>62</v>
+      </c>
+      <c r="G18" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H18" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="19" spans="1:8">
+      <c r="A19" t="s">
+        <v>68</v>
+      </c>
+      <c r="B19" t="s">
+        <v>9</v>
+      </c>
+      <c r="C19" t="s">
+        <v>17</v>
+      </c>
+      <c r="D19" t="s">
+        <v>65</v>
+      </c>
+      <c r="E19" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" t="s">
+        <v>33</v>
+      </c>
+      <c r="G19" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H19" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="20" spans="1:8">
+      <c r="A20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" t="s">
+        <v>9</v>
+      </c>
+      <c r="C20" t="s">
+        <v>39</v>
+      </c>
+      <c r="D20" t="s">
+        <v>65</v>
+      </c>
+      <c r="E20" t="s">
+        <v>66</v>
+      </c>
+      <c r="F20" t="s">
+        <v>71</v>
+      </c>
+      <c r="G20" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H20" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="21" spans="1:8">
+      <c r="A21" t="s">
+        <v>73</v>
+      </c>
+      <c r="B21" t="s">
+        <v>9</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>65</v>
+      </c>
+      <c r="E21" t="s">
+        <v>66</v>
+      </c>
+      <c r="F21" t="s">
+        <v>40</v>
+      </c>
+      <c r="G21" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H21" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="22" spans="1:8">
+      <c r="A22" t="s">
+        <v>75</v>
+      </c>
+      <c r="B22" t="s">
+        <v>9</v>
+      </c>
+      <c r="C22" t="s">
+        <v>23</v>
+      </c>
+      <c r="D22" t="s">
+        <v>65</v>
+      </c>
+      <c r="E22" t="s">
+        <v>66</v>
+      </c>
+      <c r="F22" t="s">
+        <v>43</v>
+      </c>
+      <c r="G22" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H22" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="23" spans="1:8">
+      <c r="A23" t="s">
+        <v>77</v>
+      </c>
+      <c r="B23" t="s">
+        <v>9</v>
+      </c>
+      <c r="C23" t="s">
+        <v>26</v>
+      </c>
+      <c r="D23" t="s">
+        <v>65</v>
+      </c>
+      <c r="E23" t="s">
+        <v>66</v>
+      </c>
+      <c r="F23" t="s">
+        <v>78</v>
+      </c>
+      <c r="G23" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H23" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="24" spans="1:8">
+      <c r="A24" t="s">
+        <v>80</v>
+      </c>
+      <c r="B24" t="s">
+        <v>9</v>
+      </c>
+      <c r="C24" t="s">
+        <v>29</v>
+      </c>
+      <c r="D24" t="s">
+        <v>65</v>
+      </c>
+      <c r="E24" t="s">
+        <v>66</v>
+      </c>
+      <c r="F24" t="s">
+        <v>81</v>
+      </c>
+      <c r="G24" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H24" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="25" spans="1:8">
+      <c r="A25" t="s">
+        <v>83</v>
+      </c>
+      <c r="B25" t="s">
+        <v>9</v>
+      </c>
+      <c r="C25" t="s">
+        <v>84</v>
+      </c>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
+      <c r="E25" t="s">
+        <v>66</v>
+      </c>
+      <c r="F25" t="s">
+        <v>71</v>
+      </c>
+      <c r="G25" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H25" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="26" spans="1:8">
+      <c r="A26" t="s">
+        <v>86</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>87</v>
+      </c>
+      <c r="D26" t="s">
+        <v>65</v>
+      </c>
+      <c r="E26" t="s">
+        <v>66</v>
+      </c>
+      <c r="F26" t="s">
+        <v>88</v>
+      </c>
+      <c r="G26" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H26" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="27" spans="1:8">
+      <c r="A27" t="s">
+        <v>90</v>
+      </c>
+      <c r="B27" t="s">
+        <v>9</v>
+      </c>
+      <c r="C27" t="s">
+        <v>91</v>
+      </c>
+      <c r="D27" t="s">
+        <v>65</v>
+      </c>
+      <c r="E27" t="s">
+        <v>66</v>
+      </c>
+      <c r="F27" t="s">
+        <v>36</v>
+      </c>
+      <c r="G27" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H27" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="28" spans="1:8">
+      <c r="A28" t="s">
+        <v>93</v>
+      </c>
+      <c r="B28" t="s">
+        <v>9</v>
+      </c>
+      <c r="C28" t="s">
+        <v>94</v>
+      </c>
+      <c r="D28" t="s">
+        <v>65</v>
+      </c>
+      <c r="E28" t="s">
+        <v>66</v>
+      </c>
+      <c r="F28" t="s">
+        <v>71</v>
+      </c>
+      <c r="G28" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H28" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="29" spans="1:8">
+      <c r="A29" t="s">
+        <v>96</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
+        <v>97</v>
+      </c>
+      <c r="D29" t="s">
+        <v>65</v>
+      </c>
+      <c r="E29" t="s">
+        <v>66</v>
+      </c>
+      <c r="F29" t="s">
+        <v>62</v>
+      </c>
+      <c r="G29" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H29" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="30" spans="1:8">
+      <c r="A30" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
+        <v>100</v>
+      </c>
+      <c r="D30" t="s">
+        <v>65</v>
+      </c>
+      <c r="E30" t="s">
+        <v>66</v>
+      </c>
+      <c r="F30" t="s">
+        <v>71</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H30" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>102</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>103</v>
+      </c>
+      <c r="D31" t="s">
+        <v>65</v>
+      </c>
+      <c r="E31" t="s">
+        <v>66</v>
+      </c>
+      <c r="F31" t="s">
+        <v>43</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H31" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>105</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>106</v>
+      </c>
+      <c r="D32" t="s">
+        <v>65</v>
+      </c>
+      <c r="E32" t="s">
+        <v>66</v>
+      </c>
+      <c r="F32" t="s">
+        <v>81</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H32" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>108</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>109</v>
+      </c>
+      <c r="D33" t="s">
+        <v>65</v>
+      </c>
+      <c r="E33" t="s">
+        <v>66</v>
+      </c>
+      <c r="F33" t="s">
+        <v>33</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H33" t="s">
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
+    <hyperlink ref="G6" r:id="rId5"/>
+    <hyperlink ref="G7" r:id="rId6"/>
+    <hyperlink ref="G8" r:id="rId7"/>
+    <hyperlink ref="G9" r:id="rId8"/>
+    <hyperlink ref="G10" r:id="rId9"/>
+    <hyperlink ref="G11" r:id="rId10"/>
+    <hyperlink ref="G12" r:id="rId11"/>
+    <hyperlink ref="G13" r:id="rId12"/>
+    <hyperlink ref="G14" r:id="rId13"/>
+    <hyperlink ref="G15" r:id="rId14"/>
+    <hyperlink ref="G16" r:id="rId15"/>
+    <hyperlink ref="G17" r:id="rId16"/>
+    <hyperlink ref="G18" r:id="rId17"/>
+    <hyperlink ref="G19" r:id="rId18"/>
+    <hyperlink ref="G20" r:id="rId19"/>
+    <hyperlink ref="G21" r:id="rId20"/>
+    <hyperlink ref="G22" r:id="rId21"/>
+    <hyperlink ref="G23" r:id="rId22"/>
+    <hyperlink ref="G24" r:id="rId23"/>
+    <hyperlink ref="G25" r:id="rId24"/>
+    <hyperlink ref="G26" r:id="rId25"/>
+    <hyperlink ref="G27" r:id="rId26"/>
+    <hyperlink ref="G28" r:id="rId27"/>
+    <hyperlink ref="G29" r:id="rId28"/>
+    <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>